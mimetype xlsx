--- v0 (2025-10-31)
+++ v1 (2025-10-31)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20943270dcd1417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/08d6ad80439949a3a5b231e6e893f206.psmdcp" Id="R1f17ca75b4134f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2448cef232074e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b0ce8dccc9a4306806009ede318a764.psmdcp" Id="Rab726579904b45f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Bourbon County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="658" uniqueCount="658">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>