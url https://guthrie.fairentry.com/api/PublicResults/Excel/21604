--- v1 (2025-10-31)
+++ v2 (2025-12-31)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2448cef232074e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b0ce8dccc9a4306806009ede318a764.psmdcp" Id="Rab726579904b45f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce520b05845424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/507e2c8796b64f21bec279c0df008dcf.psmdcp" Id="R612c8c14c08845d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Bourbon County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="658" uniqueCount="658">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>