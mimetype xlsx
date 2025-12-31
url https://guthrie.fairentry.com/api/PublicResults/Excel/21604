--- v2 (2025-12-31)
+++ v3 (2025-12-31)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce520b05845424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/507e2c8796b64f21bec279c0df008dcf.psmdcp" Id="R612c8c14c08845d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4731c2571b741f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cfc6e9c0df24f4580c4267843799668.psmdcp" Id="R81e979125e2c4398" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Bourbon County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="658" uniqueCount="658">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>