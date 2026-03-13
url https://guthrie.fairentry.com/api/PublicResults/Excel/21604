--- v3 (2025-12-31)
+++ v4 (2026-03-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4731c2571b741f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4cfc6e9c0df24f4580c4267843799668.psmdcp" Id="R81e979125e2c4398" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3bf13e3f4c496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b81088e839b459e81f642e2aafe0a41.psmdcp" Id="R4ba1238e96ae4fb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Bourbon County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="658" uniqueCount="658">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>