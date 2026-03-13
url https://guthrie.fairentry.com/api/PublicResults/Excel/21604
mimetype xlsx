--- v4 (2026-03-13)
+++ v5 (2026-03-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3bf13e3f4c496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9b81088e839b459e81f642e2aafe0a41.psmdcp" Id="R4ba1238e96ae4fb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde35ba679f984de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33a78b0fb5204297bf43b2f99780bd95.psmdcp" Id="R7ec5e41e1a0f4d5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Bourbon County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="658" uniqueCount="658">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>